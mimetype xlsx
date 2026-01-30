--- v0 (2025-12-14)
+++ v1 (2026-01-30)
@@ -12,73 +12,79 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Organization</t>
   </si>
   <si>
     <t>Active VMs</t>
   </si>
   <si>
     <t>CPU (Cores)</t>
   </si>
   <si>
     <t>Memory (GB)</t>
   </si>
   <si>
     <t>GPU (GB)</t>
   </si>
   <si>
     <t>Storage (GB)</t>
   </si>
   <si>
     <t>AAUB</t>
   </si>
   <si>
+    <t>AUST</t>
+  </si>
+  <si>
+    <t>Bangla Academy</t>
+  </si>
+  <si>
     <t>Bangladesh Medical University (BMU)</t>
   </si>
   <si>
     <t>BARC</t>
   </si>
   <si>
     <t>BARI</t>
   </si>
   <si>
     <t>BAU</t>
   </si>
   <si>
     <t>BINA</t>
   </si>
   <si>
     <t>BMU</t>
   </si>
   <si>
     <t>BMU (Maritime)</t>
   </si>
   <si>
     <t>BOU</t>
   </si>
   <si>
     <t>BRRI</t>
@@ -194,75 +200,81 @@
   <si>
     <t>MUST</t>
   </si>
   <si>
     <t>NBIU</t>
   </si>
   <si>
     <t>NIB</t>
   </si>
   <si>
     <t>NITER</t>
   </si>
   <si>
     <t>NSTU</t>
   </si>
   <si>
     <t>NU</t>
   </si>
   <si>
     <t>PSTU</t>
   </si>
   <si>
     <t>PUST</t>
   </si>
   <si>
+    <t>RMU</t>
+  </si>
+  <si>
     <t>RU</t>
   </si>
   <si>
     <t>RUB</t>
   </si>
   <si>
     <t>RUET</t>
   </si>
   <si>
     <t>SAU</t>
   </si>
   <si>
     <t>SBAU</t>
   </si>
   <si>
     <t>SSTU</t>
   </si>
   <si>
     <t>SUST</t>
   </si>
   <si>
     <t>UFTB</t>
   </si>
   <si>
     <t>UGC</t>
+  </si>
+  <si>
+    <t>USTC</t>
   </si>
   <si>
     <t>Uttara University</t>
   </si>
   <si>
     <t>WUB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -572,51 +584,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F66"/>
+  <dimension ref="A1:F70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -633,1322 +645,1402 @@
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
         <v>3</v>
       </c>
       <c r="C2">
         <v>20</v>
       </c>
       <c r="D2">
         <v>32</v>
       </c>
       <c r="E2">
         <v>0</v>
       </c>
       <c r="F2">
         <v>1324</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C3">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="D3">
-        <v>80</v>
+        <v>8</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
       <c r="F3">
-        <v>4660</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4">
         <v>1</v>
       </c>
       <c r="C4">
         <v>4</v>
       </c>
       <c r="D4">
         <v>8</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C5">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="D5">
-        <v>8</v>
+        <v>112</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
-        <v>500</v>
+        <v>8660</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6">
+        <v>1</v>
+      </c>
+      <c r="C6">
         <v>4</v>
       </c>
-      <c r="C6">
-[...1 lines deleted...]
-      </c>
       <c r="D6">
-        <v>284</v>
+        <v>8</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
-        <v>7144</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
         <v>1</v>
       </c>
       <c r="C7">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D7">
         <v>8</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C8">
-        <v>114</v>
+        <v>60</v>
       </c>
       <c r="D8">
-        <v>204</v>
+        <v>284</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
-        <v>6100</v>
+        <v>7144</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9">
         <v>1</v>
       </c>
       <c r="C9">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="D9">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
-        <v>1024</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C10">
-        <v>88</v>
+        <v>114</v>
       </c>
       <c r="D10">
-        <v>288</v>
+        <v>204</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
-        <v>11540</v>
+        <v>6100</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11">
         <v>1</v>
       </c>
       <c r="C11">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D11">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
-        <v>5120</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12">
         <v>8</v>
       </c>
       <c r="C12">
-        <v>138</v>
+        <v>88</v>
       </c>
       <c r="D12">
-        <v>232</v>
+        <v>288</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
-        <v>3800</v>
+        <v>11540</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C13">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="D13">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
-        <v>2000</v>
+        <v>5120</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C14">
-        <v>122</v>
+        <v>138</v>
       </c>
       <c r="D14">
-        <v>202</v>
+        <v>232</v>
       </c>
       <c r="E14">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F14">
-        <v>5296</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C15">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="D15">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
-        <v>100</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C16">
-        <v>497</v>
+        <v>122</v>
       </c>
       <c r="D16">
-        <v>1453</v>
+        <v>202</v>
       </c>
       <c r="E16">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="F16">
-        <v>11970</v>
+        <v>5296</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="C17">
-        <v>140</v>
+        <v>4</v>
       </c>
       <c r="D17">
-        <v>380</v>
+        <v>8</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
-        <v>9110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>22</v>
       </c>
       <c r="B18">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C18">
-        <v>136</v>
+        <v>497</v>
       </c>
       <c r="D18">
-        <v>254</v>
+        <v>1453</v>
       </c>
       <c r="E18">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="F18">
-        <v>3528</v>
+        <v>11970</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="C19">
-        <v>8</v>
+        <v>140</v>
       </c>
       <c r="D19">
-        <v>16</v>
+        <v>380</v>
       </c>
       <c r="E19">
         <v>0</v>
       </c>
       <c r="F19">
-        <v>1024</v>
+        <v>9110</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>24</v>
       </c>
       <c r="B20">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C20">
-        <v>96</v>
+        <v>136</v>
       </c>
       <c r="D20">
-        <v>224</v>
+        <v>254</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
       <c r="F20">
-        <v>5048</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>25</v>
       </c>
       <c r="B21">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C21">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="D21">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
-        <v>2336</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>26</v>
       </c>
       <c r="B22">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C22">
-        <v>192</v>
+        <v>96</v>
       </c>
       <c r="D22">
-        <v>556</v>
+        <v>224</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
-        <v>15072</v>
+        <v>5048</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>27</v>
       </c>
       <c r="B23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C23">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="D23">
-        <v>148</v>
+        <v>50</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
       <c r="F23">
-        <v>6320</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C24">
-        <v>30</v>
+        <v>192</v>
       </c>
       <c r="D24">
-        <v>68</v>
+        <v>556</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
-        <v>7668</v>
+        <v>15072</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>29</v>
       </c>
       <c r="B25">
-        <v>116</v>
+        <v>7</v>
       </c>
       <c r="C25">
-        <v>2358</v>
+        <v>82</v>
       </c>
       <c r="D25">
-        <v>5900</v>
+        <v>196</v>
       </c>
       <c r="E25">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="F25">
-        <v>90536</v>
+        <v>9492</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>30</v>
       </c>
       <c r="B26">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C26">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="D26">
-        <v>96</v>
+        <v>76</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
       <c r="F26">
-        <v>4672</v>
+        <v>8692</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>31</v>
       </c>
       <c r="B27">
-        <v>2</v>
+        <v>116</v>
       </c>
       <c r="C27">
-        <v>32</v>
+        <v>2358</v>
       </c>
       <c r="D27">
-        <v>64</v>
+        <v>5900</v>
       </c>
       <c r="E27">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="F27">
-        <v>1000</v>
+        <v>90536</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>32</v>
       </c>
       <c r="B28">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C28">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="D28">
-        <v>160</v>
+        <v>96</v>
       </c>
       <c r="E28">
         <v>0</v>
       </c>
       <c r="F28">
-        <v>3048</v>
+        <v>4672</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>33</v>
       </c>
       <c r="B29">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="C29">
-        <v>86</v>
+        <v>32</v>
       </c>
       <c r="D29">
-        <v>138</v>
+        <v>64</v>
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">
-        <v>7620</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>34</v>
       </c>
       <c r="B30">
         <v>2</v>
       </c>
       <c r="C30">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="D30">
-        <v>80</v>
+        <v>160</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
       <c r="F30">
-        <v>1324</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>35</v>
       </c>
       <c r="B31">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="C31">
-        <v>40</v>
+        <v>86</v>
       </c>
       <c r="D31">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="E31">
         <v>0</v>
       </c>
       <c r="F31">
-        <v>1224</v>
+        <v>7620</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>36</v>
       </c>
       <c r="B32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C32">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D32">
         <v>80</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
       <c r="F32">
-        <v>1724</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>37</v>
       </c>
       <c r="B33">
         <v>2</v>
       </c>
       <c r="C33">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="D33">
-        <v>112</v>
+        <v>136</v>
       </c>
       <c r="E33">
         <v>0</v>
       </c>
       <c r="F33">
-        <v>5120</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>38</v>
       </c>
       <c r="B34">
         <v>3</v>
       </c>
       <c r="C34">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="D34">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="E34">
         <v>0</v>
       </c>
       <c r="F34">
-        <v>1500</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>39</v>
       </c>
       <c r="B35">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C35">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="D35">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="E35">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F35">
-        <v>2624</v>
+        <v>5120</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>40</v>
       </c>
       <c r="B36">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C36">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="D36">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="E36">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="F36">
-        <v>2000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>41</v>
       </c>
       <c r="B37">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C37">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="D37">
-        <v>4</v>
+        <v>160</v>
       </c>
       <c r="E37">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F37">
-        <v>200</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>42</v>
       </c>
       <c r="B38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C38">
-        <v>2</v>
+        <v>144</v>
       </c>
       <c r="D38">
-        <v>8</v>
+        <v>448</v>
       </c>
       <c r="E38">
-        <v>0</v>
+        <v>144</v>
       </c>
       <c r="F38">
-        <v>200</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>43</v>
       </c>
       <c r="B39">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C39">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="D39">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="E39">
         <v>0</v>
       </c>
       <c r="F39">
-        <v>1300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>44</v>
       </c>
       <c r="B40">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="C40">
-        <v>278</v>
+        <v>2</v>
       </c>
       <c r="D40">
-        <v>424</v>
+        <v>8</v>
       </c>
       <c r="E40">
         <v>0</v>
       </c>
       <c r="F40">
-        <v>12244</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>45</v>
       </c>
       <c r="B41">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="C41">
-        <v>251</v>
+        <v>18</v>
       </c>
       <c r="D41">
-        <v>752</v>
+        <v>32</v>
       </c>
       <c r="E41">
         <v>0</v>
       </c>
       <c r="F41">
-        <v>21684</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>46</v>
       </c>
       <c r="B42">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C42">
-        <v>320</v>
+        <v>278</v>
       </c>
       <c r="D42">
-        <v>636</v>
+        <v>424</v>
       </c>
       <c r="E42">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F42">
-        <v>13982</v>
+        <v>12244</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>47</v>
       </c>
       <c r="B43">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="C43">
-        <v>34</v>
+        <v>251</v>
       </c>
       <c r="D43">
-        <v>64</v>
+        <v>752</v>
       </c>
       <c r="E43">
         <v>0</v>
       </c>
       <c r="F43">
-        <v>2548</v>
+        <v>21684</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>48</v>
       </c>
       <c r="B44">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="C44">
-        <v>36</v>
+        <v>320</v>
       </c>
       <c r="D44">
-        <v>80</v>
+        <v>636</v>
       </c>
       <c r="E44">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F44">
-        <v>2524</v>
+        <v>13982</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>49</v>
       </c>
       <c r="B45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C45">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="D45">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="E45">
         <v>0</v>
       </c>
       <c r="F45">
-        <v>500</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>50</v>
       </c>
       <c r="B46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C46">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D46">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="E46">
         <v>0</v>
       </c>
       <c r="F46">
-        <v>1124</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>51</v>
       </c>
       <c r="B47">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="C47">
-        <v>503</v>
+        <v>4</v>
       </c>
       <c r="D47">
-        <v>872</v>
+        <v>8</v>
       </c>
       <c r="E47">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F47">
-        <v>14826</v>
+        <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>52</v>
       </c>
       <c r="B48">
         <v>2</v>
       </c>
       <c r="C48">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D48">
         <v>24</v>
       </c>
       <c r="E48">
         <v>0</v>
       </c>
       <c r="F48">
-        <v>2248</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>53</v>
       </c>
       <c r="B49">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="C49">
-        <v>12</v>
+        <v>515</v>
       </c>
       <c r="D49">
-        <v>24</v>
+        <v>896</v>
       </c>
       <c r="E49">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F49">
-        <v>2348</v>
+        <v>15226</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>54</v>
       </c>
       <c r="B50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C50">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="D50">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="E50">
         <v>0</v>
       </c>
       <c r="F50">
-        <v>1024</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>55</v>
       </c>
       <c r="B51">
         <v>2</v>
       </c>
       <c r="C51">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="D51">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E51">
         <v>0</v>
       </c>
       <c r="F51">
-        <v>1524</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>56</v>
       </c>
       <c r="B52">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="C52">
-        <v>158</v>
+        <v>96</v>
       </c>
       <c r="D52">
-        <v>252</v>
+        <v>200</v>
       </c>
       <c r="E52">
         <v>0</v>
       </c>
       <c r="F52">
-        <v>7944</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>57</v>
       </c>
       <c r="B53">
         <v>2</v>
       </c>
       <c r="C53">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D53">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E53">
         <v>0</v>
       </c>
       <c r="F53">
-        <v>600</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>58</v>
       </c>
       <c r="B54">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="C54">
-        <v>16</v>
+        <v>166</v>
       </c>
       <c r="D54">
-        <v>32</v>
+        <v>260</v>
       </c>
       <c r="E54">
         <v>0</v>
       </c>
       <c r="F54">
-        <v>500</v>
+        <v>8968</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>59</v>
       </c>
       <c r="B55">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="C55">
-        <v>104</v>
+        <v>16</v>
       </c>
       <c r="D55">
-        <v>216</v>
+        <v>20</v>
       </c>
       <c r="E55">
         <v>0</v>
       </c>
       <c r="F55">
-        <v>4380</v>
+        <v>600</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>60</v>
       </c>
       <c r="B56">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="C56">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="D56">
-        <v>136</v>
+        <v>32</v>
       </c>
       <c r="E56">
         <v>0</v>
       </c>
       <c r="F56">
-        <v>18288</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>61</v>
       </c>
       <c r="B57">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C57">
-        <v>28</v>
+        <v>136</v>
       </c>
       <c r="D57">
-        <v>28</v>
+        <v>272</v>
       </c>
       <c r="E57">
         <v>0</v>
       </c>
       <c r="F57">
-        <v>1424</v>
+        <v>5136</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>62</v>
       </c>
       <c r="B58">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="C58">
-        <v>254</v>
+        <v>8</v>
       </c>
       <c r="D58">
-        <v>298</v>
+        <v>16</v>
       </c>
       <c r="E58">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="F58">
-        <v>5172</v>
+        <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>63</v>
       </c>
       <c r="B59">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C59">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D59">
-        <v>88</v>
+        <v>136</v>
       </c>
       <c r="E59">
         <v>0</v>
       </c>
       <c r="F59">
-        <v>3148</v>
+        <v>18288</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>64</v>
       </c>
       <c r="B60">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C60">
-        <v>382</v>
+        <v>28</v>
       </c>
       <c r="D60">
-        <v>720</v>
+        <v>28</v>
       </c>
       <c r="E60">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F60">
-        <v>8950</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>65</v>
       </c>
       <c r="B61">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="C61">
-        <v>16</v>
+        <v>254</v>
       </c>
       <c r="D61">
-        <v>32</v>
+        <v>298</v>
       </c>
       <c r="E61">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="F61">
-        <v>1000</v>
+        <v>5172</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>66</v>
       </c>
       <c r="B62">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C62">
         <v>44</v>
       </c>
       <c r="D62">
-        <v>120</v>
+        <v>88</v>
       </c>
       <c r="E62">
         <v>0</v>
       </c>
       <c r="F62">
-        <v>5184</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>67</v>
       </c>
       <c r="B63">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C63">
-        <v>68</v>
+        <v>382</v>
       </c>
       <c r="D63">
-        <v>124</v>
+        <v>720</v>
       </c>
       <c r="E63">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F63">
-        <v>2900</v>
+        <v>8950</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>68</v>
       </c>
       <c r="B64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C64">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D64">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E64">
         <v>0</v>
       </c>
       <c r="F64">
-        <v>2598</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>69</v>
       </c>
       <c r="B65">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="C65">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="D65">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="E65">
         <v>0</v>
       </c>
       <c r="F65">
-        <v>1500</v>
+        <v>5184</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>70</v>
       </c>
       <c r="B66">
+        <v>14</v>
+      </c>
+      <c r="C66">
+        <v>72</v>
+      </c>
+      <c r="D66">
+        <v>132</v>
+      </c>
+      <c r="E66">
+        <v>0</v>
+      </c>
+      <c r="F66">
+        <v>3100</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" t="s">
+        <v>71</v>
+      </c>
+      <c r="B67">
+        <v>3</v>
+      </c>
+      <c r="C67">
+        <v>22</v>
+      </c>
+      <c r="D67">
+        <v>40</v>
+      </c>
+      <c r="E67">
+        <v>0</v>
+      </c>
+      <c r="F67">
+        <v>2598</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" t="s">
+        <v>72</v>
+      </c>
+      <c r="B68">
         <v>1</v>
       </c>
-      <c r="C66">
+      <c r="C68">
+        <v>8</v>
+      </c>
+      <c r="D68">
         <v>32</v>
       </c>
-      <c r="D66">
+      <c r="E68">
+        <v>0</v>
+      </c>
+      <c r="F68">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" t="s">
+        <v>73</v>
+      </c>
+      <c r="B69">
+        <v>3</v>
+      </c>
+      <c r="C69">
+        <v>24</v>
+      </c>
+      <c r="D69">
+        <v>48</v>
+      </c>
+      <c r="E69">
+        <v>0</v>
+      </c>
+      <c r="F69">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" t="s">
+        <v>74</v>
+      </c>
+      <c r="B70">
+        <v>1</v>
+      </c>
+      <c r="C70">
+        <v>32</v>
+      </c>
+      <c r="D70">
         <v>64</v>
       </c>
-      <c r="E66">
-[...2 lines deleted...]
-      <c r="F66">
+      <c r="E70">
+        <v>0</v>
+      </c>
+      <c r="F70">
         <v>15360</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>