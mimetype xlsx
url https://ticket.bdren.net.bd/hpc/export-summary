--- v1 (2026-01-30)
+++ v2 (2026-03-31)
@@ -12,95 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Organization</t>
   </si>
   <si>
     <t>Active VMs</t>
   </si>
   <si>
     <t>CPU (Cores)</t>
   </si>
   <si>
     <t>Memory (GB)</t>
   </si>
   <si>
     <t>GPU (GB)</t>
   </si>
   <si>
     <t>Storage (GB)</t>
   </si>
   <si>
     <t>AAUB</t>
   </si>
   <si>
     <t>AUST</t>
   </si>
   <si>
     <t>Bangla Academy</t>
   </si>
   <si>
     <t>Bangladesh Medical University (BMU)</t>
   </si>
   <si>
     <t>BARC</t>
   </si>
   <si>
     <t>BARI</t>
   </si>
   <si>
     <t>BAU</t>
   </si>
   <si>
     <t>BINA</t>
-  </si>
-[...1 lines deleted...]
-    <t>BMU</t>
   </si>
   <si>
     <t>BMU (Maritime)</t>
   </si>
   <si>
     <t>BOU</t>
   </si>
   <si>
     <t>BRRI</t>
   </si>
   <si>
     <t>BRUR</t>
   </si>
   <si>
     <t>BTEB</t>
   </si>
   <si>
     <t>BU</t>
   </si>
   <si>
     <t>BUBT</t>
   </si>
   <si>
     <t>BUET</t>
   </si>
@@ -584,51 +581,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F70"/>
+  <dimension ref="A1:F69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -665,83 +662,83 @@
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3">
         <v>1</v>
       </c>
       <c r="C3">
         <v>8</v>
       </c>
       <c r="D3">
         <v>8</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
       <c r="F3">
         <v>1024</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C4">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D4">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="C5">
-        <v>62</v>
+        <v>204</v>
       </c>
       <c r="D5">
-        <v>112</v>
+        <v>388</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
-        <v>8660</v>
+        <v>16830</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6">
         <v>1</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6">
         <v>8</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
@@ -785,1262 +782,1242 @@
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9">
         <v>1</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9">
         <v>8</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C10">
-        <v>114</v>
+        <v>16</v>
       </c>
       <c r="D10">
-        <v>204</v>
+        <v>32</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
-        <v>6100</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C11">
-        <v>16</v>
+        <v>88</v>
       </c>
       <c r="D11">
-        <v>32</v>
+        <v>288</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
-        <v>1024</v>
+        <v>11540</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12">
+        <v>1</v>
+      </c>
+      <c r="C12">
         <v>8</v>
       </c>
-      <c r="C12">
-[...1 lines deleted...]
-      </c>
       <c r="D12">
-        <v>288</v>
+        <v>16</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
-        <v>11540</v>
+        <v>5120</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C13">
-        <v>8</v>
+        <v>138</v>
       </c>
       <c r="D13">
-        <v>16</v>
+        <v>232</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
-        <v>5120</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C14">
-        <v>138</v>
+        <v>32</v>
       </c>
       <c r="D14">
-        <v>232</v>
+        <v>64</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
-        <v>3800</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C15">
-        <v>32</v>
+        <v>122</v>
       </c>
       <c r="D15">
-        <v>64</v>
+        <v>202</v>
       </c>
       <c r="E15">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F15">
-        <v>2000</v>
+        <v>5296</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C16">
-        <v>122</v>
+        <v>4</v>
       </c>
       <c r="D16">
-        <v>202</v>
+        <v>8</v>
       </c>
       <c r="E16">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F16">
-        <v>5296</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="C17">
-        <v>4</v>
+        <v>497</v>
       </c>
       <c r="D17">
-        <v>8</v>
+        <v>1453</v>
       </c>
       <c r="E17">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="F17">
-        <v>100</v>
+        <v>11970</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>22</v>
       </c>
       <c r="B18">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C18">
-        <v>497</v>
+        <v>140</v>
       </c>
       <c r="D18">
-        <v>1453</v>
+        <v>380</v>
       </c>
       <c r="E18">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="F18">
-        <v>11970</v>
+        <v>9110</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C19">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D19">
-        <v>380</v>
+        <v>254</v>
       </c>
       <c r="E19">
         <v>0</v>
       </c>
       <c r="F19">
-        <v>9110</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>24</v>
       </c>
       <c r="B20">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C20">
-        <v>136</v>
+        <v>8</v>
       </c>
       <c r="D20">
-        <v>254</v>
+        <v>16</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
       <c r="F20">
-        <v>3528</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>25</v>
       </c>
       <c r="B21">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C21">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="D21">
-        <v>16</v>
+        <v>224</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
-        <v>1024</v>
+        <v>5048</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>26</v>
       </c>
       <c r="B22">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C22">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="D22">
-        <v>224</v>
+        <v>50</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
-        <v>5048</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>27</v>
       </c>
       <c r="B23">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="C23">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="D23">
-        <v>50</v>
+        <v>556</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
       <c r="F23">
-        <v>2336</v>
+        <v>15072</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C24">
-        <v>192</v>
+        <v>82</v>
       </c>
       <c r="D24">
-        <v>556</v>
+        <v>196</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
-        <v>15072</v>
+        <v>9492</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>29</v>
       </c>
       <c r="B25">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C25">
-        <v>82</v>
+        <v>46</v>
       </c>
       <c r="D25">
-        <v>196</v>
+        <v>100</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
       <c r="F25">
-        <v>9492</v>
+        <v>11240</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>30</v>
       </c>
       <c r="B26">
-        <v>8</v>
+        <v>116</v>
       </c>
       <c r="C26">
-        <v>34</v>
+        <v>2358</v>
       </c>
       <c r="D26">
-        <v>76</v>
+        <v>5900</v>
       </c>
       <c r="E26">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="F26">
-        <v>8692</v>
+        <v>90536</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>31</v>
       </c>
       <c r="B27">
-        <v>116</v>
+        <v>6</v>
       </c>
       <c r="C27">
-        <v>2358</v>
+        <v>84</v>
       </c>
       <c r="D27">
-        <v>5900</v>
+        <v>96</v>
       </c>
       <c r="E27">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="F27">
-        <v>90536</v>
+        <v>4672</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>32</v>
       </c>
       <c r="B28">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="C28">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="D28">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="E28">
         <v>0</v>
       </c>
       <c r="F28">
-        <v>4672</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>33</v>
       </c>
       <c r="B29">
         <v>2</v>
       </c>
       <c r="C29">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D29">
-        <v>64</v>
+        <v>160</v>
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">
-        <v>1000</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>34</v>
       </c>
       <c r="B30">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="C30">
-        <v>44</v>
+        <v>86</v>
       </c>
       <c r="D30">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
       <c r="F30">
-        <v>3048</v>
+        <v>7620</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>35</v>
       </c>
       <c r="B31">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="C31">
-        <v>86</v>
+        <v>24</v>
       </c>
       <c r="D31">
-        <v>138</v>
+        <v>80</v>
       </c>
       <c r="E31">
         <v>0</v>
       </c>
       <c r="F31">
-        <v>7620</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>36</v>
       </c>
       <c r="B32">
         <v>2</v>
       </c>
       <c r="C32">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D32">
-        <v>80</v>
+        <v>136</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
       <c r="F32">
-        <v>1324</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>37</v>
       </c>
       <c r="B33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C33">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D33">
-        <v>136</v>
+        <v>80</v>
       </c>
       <c r="E33">
         <v>0</v>
       </c>
       <c r="F33">
-        <v>1224</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>38</v>
       </c>
       <c r="B34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C34">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="D34">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="E34">
         <v>0</v>
       </c>
       <c r="F34">
-        <v>1724</v>
+        <v>5120</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>39</v>
       </c>
       <c r="B35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C35">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="D35">
-        <v>112</v>
+        <v>40</v>
       </c>
       <c r="E35">
         <v>0</v>
       </c>
       <c r="F35">
-        <v>5120</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>40</v>
       </c>
       <c r="B36">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C36">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="D36">
-        <v>40</v>
+        <v>160</v>
       </c>
       <c r="E36">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F36">
-        <v>1500</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>41</v>
       </c>
       <c r="B37">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="C37">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="D37">
-        <v>160</v>
+        <v>448</v>
       </c>
       <c r="E37">
-        <v>16</v>
+        <v>144</v>
       </c>
       <c r="F37">
-        <v>3124</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>42</v>
       </c>
       <c r="B38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C38">
-        <v>144</v>
+        <v>4</v>
       </c>
       <c r="D38">
-        <v>448</v>
+        <v>4</v>
       </c>
       <c r="E38">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="F38">
-        <v>6000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>43</v>
       </c>
       <c r="B39">
         <v>1</v>
       </c>
       <c r="C39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D39">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E39">
         <v>0</v>
       </c>
       <c r="F39">
         <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>44</v>
       </c>
       <c r="B40">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C40">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="D40">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="E40">
         <v>0</v>
       </c>
       <c r="F40">
-        <v>200</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>45</v>
       </c>
       <c r="B41">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="C41">
-        <v>18</v>
+        <v>278</v>
       </c>
       <c r="D41">
-        <v>32</v>
+        <v>424</v>
       </c>
       <c r="E41">
         <v>0</v>
       </c>
       <c r="F41">
-        <v>1300</v>
+        <v>12244</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>46</v>
       </c>
       <c r="B42">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C42">
-        <v>278</v>
+        <v>251</v>
       </c>
       <c r="D42">
-        <v>424</v>
+        <v>752</v>
       </c>
       <c r="E42">
         <v>0</v>
       </c>
       <c r="F42">
-        <v>12244</v>
+        <v>21684</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>47</v>
       </c>
       <c r="B43">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C43">
-        <v>251</v>
+        <v>320</v>
       </c>
       <c r="D43">
-        <v>752</v>
+        <v>636</v>
       </c>
       <c r="E43">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F43">
-        <v>21684</v>
+        <v>13982</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>48</v>
       </c>
       <c r="B44">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="C44">
-        <v>320</v>
+        <v>64</v>
       </c>
       <c r="D44">
-        <v>636</v>
+        <v>128</v>
       </c>
       <c r="E44">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F44">
-        <v>13982</v>
+        <v>8096</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>49</v>
       </c>
       <c r="B45">
         <v>3</v>
       </c>
       <c r="C45">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D45">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="E45">
         <v>0</v>
       </c>
       <c r="F45">
-        <v>2548</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>50</v>
       </c>
       <c r="B46">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C46">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="D46">
-        <v>80</v>
+        <v>8</v>
       </c>
       <c r="E46">
         <v>0</v>
       </c>
       <c r="F46">
-        <v>2524</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>51</v>
       </c>
       <c r="B47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C47">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D47">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E47">
         <v>0</v>
       </c>
       <c r="F47">
-        <v>500</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>52</v>
       </c>
       <c r="B48">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="C48">
-        <v>12</v>
+        <v>515</v>
       </c>
       <c r="D48">
-        <v>24</v>
+        <v>896</v>
       </c>
       <c r="E48">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F48">
-        <v>1124</v>
+        <v>15226</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>53</v>
       </c>
       <c r="B49">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="C49">
-        <v>515</v>
+        <v>16</v>
       </c>
       <c r="D49">
-        <v>896</v>
+        <v>24</v>
       </c>
       <c r="E49">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F49">
-        <v>15226</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>54</v>
       </c>
       <c r="B50">
         <v>2</v>
       </c>
       <c r="C50">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D50">
         <v>24</v>
       </c>
       <c r="E50">
         <v>0</v>
       </c>
       <c r="F50">
-        <v>2248</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>55</v>
       </c>
       <c r="B51">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C51">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="D51">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="E51">
         <v>0</v>
       </c>
       <c r="F51">
-        <v>2348</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>56</v>
       </c>
       <c r="B52">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C52">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="D52">
-        <v>200</v>
+        <v>22</v>
       </c>
       <c r="E52">
         <v>0</v>
       </c>
       <c r="F52">
-        <v>1024</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>57</v>
       </c>
       <c r="B53">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="C53">
-        <v>8</v>
+        <v>166</v>
       </c>
       <c r="D53">
-        <v>14</v>
+        <v>260</v>
       </c>
       <c r="E53">
         <v>0</v>
       </c>
       <c r="F53">
-        <v>1524</v>
+        <v>8968</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>58</v>
       </c>
       <c r="B54">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="C54">
-        <v>166</v>
+        <v>16</v>
       </c>
       <c r="D54">
-        <v>260</v>
+        <v>20</v>
       </c>
       <c r="E54">
         <v>0</v>
       </c>
       <c r="F54">
-        <v>8968</v>
+        <v>600</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>59</v>
       </c>
       <c r="B55">
         <v>2</v>
       </c>
       <c r="C55">
         <v>16</v>
       </c>
       <c r="D55">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E55">
         <v>0</v>
       </c>
       <c r="F55">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>60</v>
       </c>
       <c r="B56">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="C56">
-        <v>16</v>
+        <v>136</v>
       </c>
       <c r="D56">
-        <v>32</v>
+        <v>272</v>
       </c>
       <c r="E56">
         <v>0</v>
       </c>
       <c r="F56">
-        <v>500</v>
+        <v>5136</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>61</v>
       </c>
       <c r="B57">
+        <v>1</v>
+      </c>
+      <c r="C57">
         <v>8</v>
       </c>
-      <c r="C57">
-[...1 lines deleted...]
-      </c>
       <c r="D57">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="E57">
         <v>0</v>
       </c>
       <c r="F57">
-        <v>5136</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>62</v>
       </c>
       <c r="B58">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C58">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="D58">
-        <v>16</v>
+        <v>136</v>
       </c>
       <c r="E58">
         <v>0</v>
       </c>
       <c r="F58">
-        <v>500</v>
+        <v>18288</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>63</v>
       </c>
       <c r="B59">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C59">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="D59">
-        <v>136</v>
+        <v>28</v>
       </c>
       <c r="E59">
         <v>0</v>
       </c>
       <c r="F59">
-        <v>18288</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>64</v>
       </c>
       <c r="B60">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C60">
-        <v>28</v>
+        <v>254</v>
       </c>
       <c r="D60">
-        <v>28</v>
+        <v>298</v>
       </c>
       <c r="E60">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="F60">
-        <v>1424</v>
+        <v>5172</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>65</v>
       </c>
       <c r="B61">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C61">
-        <v>254</v>
+        <v>44</v>
       </c>
       <c r="D61">
-        <v>298</v>
+        <v>88</v>
       </c>
       <c r="E61">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="F61">
-        <v>5172</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>66</v>
       </c>
       <c r="B62">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C62">
-        <v>44</v>
+        <v>382</v>
       </c>
       <c r="D62">
-        <v>88</v>
+        <v>720</v>
       </c>
       <c r="E62">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F62">
-        <v>3148</v>
+        <v>8950</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>67</v>
       </c>
       <c r="B63">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="C63">
-        <v>382</v>
+        <v>16</v>
       </c>
       <c r="D63">
-        <v>720</v>
+        <v>32</v>
       </c>
       <c r="E63">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F63">
-        <v>8950</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>68</v>
       </c>
       <c r="B64">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="C64">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="D64">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="E64">
         <v>0</v>
       </c>
       <c r="F64">
-        <v>1000</v>
+        <v>5184</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>69</v>
       </c>
       <c r="B65">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C65">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="D65">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="E65">
         <v>0</v>
       </c>
       <c r="F65">
-        <v>5184</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>70</v>
       </c>
       <c r="B66">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="C66">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="D66">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="E66">
         <v>0</v>
       </c>
       <c r="F66">
-        <v>3100</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>71</v>
       </c>
       <c r="B67">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C67">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="D67">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E67">
         <v>0</v>
       </c>
       <c r="F67">
-        <v>2598</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>72</v>
       </c>
       <c r="B68">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C68">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D68">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="E68">
         <v>0</v>
       </c>
       <c r="F68">
-        <v>1024</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>73</v>
       </c>
       <c r="B69">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C69">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D69">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="E69">
         <v>0</v>
       </c>
       <c r="F69">
-        <v>1500</v>
-[...18 lines deleted...]
-      <c r="F70">
         <v>15360</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>